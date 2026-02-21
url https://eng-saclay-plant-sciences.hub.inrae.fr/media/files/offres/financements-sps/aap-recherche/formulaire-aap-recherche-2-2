--- v0 (2025-10-15)
+++ v1 (2026-02-21)
@@ -4,132 +4,132 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="54B42FB7" w14:textId="1D3FD1D3" w:rsidR="00DC0D7E" w:rsidRPr="00EA1157" w:rsidRDefault="004028F2" w:rsidP="001C0ADF">
+    <w:p w14:paraId="54B42FB7" w14:textId="6B36EC1A" w:rsidR="00DC0D7E" w:rsidRPr="00EA1157" w:rsidRDefault="004028F2" w:rsidP="001C0ADF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="-142" w:right="-286" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E3215">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Submissions </w:t>
       </w:r>
       <w:r w:rsidR="005D4011" w:rsidRPr="008E3215">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">online </w:t>
       </w:r>
       <w:r w:rsidRPr="008E3215">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">before </w:t>
       </w:r>
       <w:r w:rsidR="003B24A8" w:rsidRPr="008E3215">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">March </w:t>
       </w:r>
-      <w:r w:rsidR="00945795">
+      <w:r w:rsidR="00274B73">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00E53451" w:rsidRPr="008E3215">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B55F17" w:rsidRPr="008E3215">
+      <w:r w:rsidR="00DA536E" w:rsidRPr="008E3215">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00B55F17" w:rsidRPr="000A3F1B">
+      <w:r w:rsidR="00DA536E" w:rsidRPr="000A3F1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00945795">
+      <w:r w:rsidR="00DA536E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00B55F17" w:rsidRPr="008E3215">
+      <w:r w:rsidR="00DA536E" w:rsidRPr="008E3215">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008E3215">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(midnight):</w:t>
       </w:r>
       <w:r w:rsidRPr="008E3215">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008776FC">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
@@ -141,89 +141,81 @@
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://sondages.inrae.fr/index.php/728465?lang=en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4605"/>
         <w:gridCol w:w="4605"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C674ED" w:rsidRPr="00E5194A" w14:paraId="5D978C02" w14:textId="77777777" w:rsidTr="00F66271">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9761B7" w14:textId="346144AC" w:rsidR="00C674ED" w:rsidRPr="00351623" w:rsidRDefault="004F7D2A">
+          <w:p w14:paraId="1F9761B7" w14:textId="3E40CA78" w:rsidR="00C674ED" w:rsidRPr="00351623" w:rsidRDefault="004F7D2A">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">SPS Research Open call </w:t>
             </w:r>
-            <w:r w:rsidR="00B55F17">
+            <w:r w:rsidR="00DA536E">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D8C61FB" w14:textId="6F259712" w:rsidR="00C674ED" w:rsidRPr="00E5194A" w:rsidRDefault="00B56618" w:rsidP="00E5194A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07F2F971" wp14:editId="0F582A90">
@@ -690,57 +682,67 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(SPS, </w:t>
             </w:r>
             <w:r w:rsidR="002F461F" w:rsidRPr="008403AF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>if relevant</w:t>
             </w:r>
             <w:r w:rsidR="002F461F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">cofunding by other sources &gt; precise the source and the funding status) </w:t>
+              <w:t>cofunding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by other sources &gt; precise the source and the funding status) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00625DFD" w14:paraId="1FCD75D4" w14:textId="77777777" w:rsidTr="00336027">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5813" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37CA62FF" w14:textId="77777777" w:rsidR="00625DFD" w:rsidRPr="00EB75D8" w:rsidRDefault="00625DFD" w:rsidP="00336027">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
@@ -1039,58 +1041,58 @@
         <w:t>(250 words)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E92C00C" w14:textId="77777777" w:rsidR="005A1501" w:rsidRPr="002627EE" w:rsidRDefault="005A1501" w:rsidP="00C93B4B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A1501" w:rsidRPr="002627EE">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="1418" w:left="1418" w:header="1135" w:footer="479" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22317F2C" w14:textId="77777777" w:rsidR="00BC78C0" w:rsidRDefault="00BC78C0">
+    <w:p w14:paraId="18B34F43" w14:textId="77777777" w:rsidR="00DA54F4" w:rsidRDefault="00DA54F4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="759FE27B" w14:textId="77777777" w:rsidR="00BC78C0" w:rsidRDefault="00BC78C0">
+    <w:p w14:paraId="0DD482D8" w14:textId="77777777" w:rsidR="00DA54F4" w:rsidRDefault="00DA54F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1112,87 +1114,87 @@
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="346D8680" w14:textId="77777777" w:rsidR="00BC78C0" w:rsidRDefault="00BC78C0">
+    <w:p w14:paraId="5E37DD9B" w14:textId="77777777" w:rsidR="00DA54F4" w:rsidRDefault="00DA54F4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="331324BB" w14:textId="77777777" w:rsidR="00BC78C0" w:rsidRDefault="00BC78C0">
+    <w:p w14:paraId="6E284118" w14:textId="77777777" w:rsidR="00DA54F4" w:rsidRDefault="00DA54F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2561ADC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -3416,161 +3418,166 @@
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D1480C"/>
     <w:rsid w:val="00001303"/>
     <w:rsid w:val="0000732E"/>
     <w:rsid w:val="00007635"/>
     <w:rsid w:val="000145FB"/>
     <w:rsid w:val="00043CB3"/>
     <w:rsid w:val="000639E8"/>
     <w:rsid w:val="00083651"/>
     <w:rsid w:val="000932FB"/>
     <w:rsid w:val="000A3F1B"/>
     <w:rsid w:val="000A598C"/>
     <w:rsid w:val="000B50E8"/>
     <w:rsid w:val="000B5A84"/>
     <w:rsid w:val="000E1534"/>
     <w:rsid w:val="000E4097"/>
     <w:rsid w:val="000F3739"/>
     <w:rsid w:val="0010088A"/>
     <w:rsid w:val="001427E4"/>
+    <w:rsid w:val="00154195"/>
     <w:rsid w:val="00154B33"/>
     <w:rsid w:val="001763AB"/>
     <w:rsid w:val="0017796E"/>
     <w:rsid w:val="00187747"/>
     <w:rsid w:val="00191CA7"/>
     <w:rsid w:val="001C0ADF"/>
     <w:rsid w:val="001C1988"/>
     <w:rsid w:val="001E4DB1"/>
     <w:rsid w:val="00211EED"/>
     <w:rsid w:val="002167B9"/>
     <w:rsid w:val="00232160"/>
     <w:rsid w:val="002423EF"/>
     <w:rsid w:val="0024353B"/>
     <w:rsid w:val="002443C3"/>
     <w:rsid w:val="0025146A"/>
     <w:rsid w:val="002627EE"/>
+    <w:rsid w:val="00274B73"/>
     <w:rsid w:val="00287815"/>
     <w:rsid w:val="002A78F6"/>
     <w:rsid w:val="002C6357"/>
     <w:rsid w:val="002D4B47"/>
     <w:rsid w:val="002E1F6F"/>
     <w:rsid w:val="002E77D1"/>
     <w:rsid w:val="002F461F"/>
     <w:rsid w:val="00305A02"/>
     <w:rsid w:val="00350330"/>
     <w:rsid w:val="00351623"/>
     <w:rsid w:val="00366FE9"/>
     <w:rsid w:val="00372504"/>
     <w:rsid w:val="003B24A8"/>
     <w:rsid w:val="003C2F03"/>
     <w:rsid w:val="003D5312"/>
     <w:rsid w:val="004008A3"/>
     <w:rsid w:val="00400901"/>
     <w:rsid w:val="004028F2"/>
     <w:rsid w:val="00423AC9"/>
     <w:rsid w:val="00434B2A"/>
     <w:rsid w:val="00441F53"/>
     <w:rsid w:val="0044462C"/>
     <w:rsid w:val="00445B48"/>
     <w:rsid w:val="00450201"/>
     <w:rsid w:val="004B0235"/>
     <w:rsid w:val="004B5BC5"/>
     <w:rsid w:val="004D1C9F"/>
     <w:rsid w:val="004F7D2A"/>
     <w:rsid w:val="00527361"/>
     <w:rsid w:val="00534A31"/>
     <w:rsid w:val="00536374"/>
     <w:rsid w:val="005422CE"/>
     <w:rsid w:val="00560D31"/>
     <w:rsid w:val="00565523"/>
     <w:rsid w:val="00581530"/>
     <w:rsid w:val="0058643A"/>
     <w:rsid w:val="005A1501"/>
     <w:rsid w:val="005C4DC7"/>
     <w:rsid w:val="005D4011"/>
     <w:rsid w:val="005D7557"/>
+    <w:rsid w:val="005E26D7"/>
     <w:rsid w:val="005E71BC"/>
     <w:rsid w:val="00602964"/>
     <w:rsid w:val="00625DFD"/>
     <w:rsid w:val="006341A0"/>
     <w:rsid w:val="00647BDC"/>
     <w:rsid w:val="00666C44"/>
     <w:rsid w:val="006729D3"/>
     <w:rsid w:val="00685DFC"/>
     <w:rsid w:val="00687244"/>
     <w:rsid w:val="00691BFF"/>
     <w:rsid w:val="006A590F"/>
     <w:rsid w:val="006A5E2A"/>
     <w:rsid w:val="006B2BD5"/>
+    <w:rsid w:val="006D61E7"/>
     <w:rsid w:val="006E2A63"/>
     <w:rsid w:val="006E6AEA"/>
     <w:rsid w:val="00716237"/>
     <w:rsid w:val="007E4147"/>
     <w:rsid w:val="00804014"/>
     <w:rsid w:val="008064FA"/>
     <w:rsid w:val="00810CC4"/>
     <w:rsid w:val="0081131F"/>
     <w:rsid w:val="008205F5"/>
     <w:rsid w:val="008260FB"/>
     <w:rsid w:val="008403AF"/>
     <w:rsid w:val="00862A33"/>
     <w:rsid w:val="00875CB7"/>
     <w:rsid w:val="008776FC"/>
     <w:rsid w:val="00884F47"/>
     <w:rsid w:val="008A7EDB"/>
     <w:rsid w:val="008C4467"/>
     <w:rsid w:val="008C467A"/>
     <w:rsid w:val="008D421C"/>
     <w:rsid w:val="008E3215"/>
     <w:rsid w:val="008F1CD3"/>
     <w:rsid w:val="00904B61"/>
     <w:rsid w:val="009055E1"/>
     <w:rsid w:val="009264D5"/>
     <w:rsid w:val="0092790D"/>
@@ -3611,50 +3618,52 @@
     <w:rsid w:val="00BC78C0"/>
     <w:rsid w:val="00BE6408"/>
     <w:rsid w:val="00C211F5"/>
     <w:rsid w:val="00C27578"/>
     <w:rsid w:val="00C32C57"/>
     <w:rsid w:val="00C376D4"/>
     <w:rsid w:val="00C51A84"/>
     <w:rsid w:val="00C5409E"/>
     <w:rsid w:val="00C56783"/>
     <w:rsid w:val="00C6714B"/>
     <w:rsid w:val="00C674ED"/>
     <w:rsid w:val="00C92295"/>
     <w:rsid w:val="00C93B4B"/>
     <w:rsid w:val="00CB0307"/>
     <w:rsid w:val="00CB4972"/>
     <w:rsid w:val="00CD1DBB"/>
     <w:rsid w:val="00CD6366"/>
     <w:rsid w:val="00CE140F"/>
     <w:rsid w:val="00CE4020"/>
     <w:rsid w:val="00CE6A2A"/>
     <w:rsid w:val="00CF4A8C"/>
     <w:rsid w:val="00D1480C"/>
     <w:rsid w:val="00D46709"/>
     <w:rsid w:val="00D75876"/>
     <w:rsid w:val="00D92B89"/>
+    <w:rsid w:val="00DA536E"/>
+    <w:rsid w:val="00DA54F4"/>
     <w:rsid w:val="00DA5F21"/>
     <w:rsid w:val="00DC0D7E"/>
     <w:rsid w:val="00E02974"/>
     <w:rsid w:val="00E1148D"/>
     <w:rsid w:val="00E27FD9"/>
     <w:rsid w:val="00E5194A"/>
     <w:rsid w:val="00E53451"/>
     <w:rsid w:val="00E7569F"/>
     <w:rsid w:val="00E8426E"/>
     <w:rsid w:val="00E91F01"/>
     <w:rsid w:val="00EA1157"/>
     <w:rsid w:val="00F16FD1"/>
     <w:rsid w:val="00F3610C"/>
     <w:rsid w:val="00F621A5"/>
     <w:rsid w:val="00F64C19"/>
     <w:rsid w:val="00F66271"/>
     <w:rsid w:val="00F73142"/>
     <w:rsid w:val="00F73F73"/>
     <w:rsid w:val="00F76C26"/>
     <w:rsid w:val="00F94BA8"/>
     <w:rsid w:val="00FA14D2"/>
     <w:rsid w:val="00FA4216"/>
     <w:rsid w:val="00FA43AB"/>
     <w:rsid w:val="00FB0B1A"/>
     <w:rsid w:val="00FD3C92"/>