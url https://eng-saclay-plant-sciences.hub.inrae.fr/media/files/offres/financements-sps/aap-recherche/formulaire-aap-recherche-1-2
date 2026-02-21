--- v0 (2025-10-15)
+++ v1 (2026-02-21)
@@ -4,195 +4,187 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1AB07C20" w14:textId="2FB8C4C1" w:rsidR="008F7951" w:rsidRPr="00406D89" w:rsidRDefault="008F7951" w:rsidP="00562570">
+    <w:p w14:paraId="1AB07C20" w14:textId="58D293FC" w:rsidR="008F7951" w:rsidRPr="00406D89" w:rsidRDefault="008F7951" w:rsidP="00562570">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4785">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Submissions online before </w:t>
       </w:r>
       <w:r w:rsidR="007F6EA6" w:rsidRPr="0056658C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">March </w:t>
       </w:r>
-      <w:r w:rsidR="0056658C" w:rsidRPr="00D833CA">
+      <w:r w:rsidR="002E032B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="007F6EA6" w:rsidRPr="0056658C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0056658C" w:rsidRPr="0056658C">
+      <w:r w:rsidR="00475AA9" w:rsidRPr="0056658C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="0056658C" w:rsidRPr="00D833CA">
+      <w:r w:rsidR="00475AA9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0056658C" w:rsidRPr="0056658C">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00475AA9" w:rsidRPr="0056658C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0056658C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(midnight):</w:t>
       </w:r>
       <w:r w:rsidR="00ED342C" w:rsidRPr="00ED342C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00ED342C" w:rsidRPr="000C7BA4">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:bCs/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>https://sondages.inrae.fr/index.php/728465?lang=en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4474"/>
         <w:gridCol w:w="4596"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C674ED" w:rsidRPr="002C700A" w14:paraId="3A4AF9DC" w14:textId="77777777" w:rsidTr="00F66271">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0725B5F1" w14:textId="5E60FDC6" w:rsidR="00C674ED" w:rsidRPr="002C700A" w:rsidRDefault="00F75689">
+          <w:p w14:paraId="0725B5F1" w14:textId="60C2FA79" w:rsidR="00C674ED" w:rsidRPr="002C700A" w:rsidRDefault="00F75689">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">SPS Research Open call </w:t>
             </w:r>
-            <w:r w:rsidR="009D6F34">
+            <w:r w:rsidR="00475AA9">
               <w:rPr>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CC19A58" w14:textId="0D166D70" w:rsidR="00C674ED" w:rsidRPr="002C700A" w:rsidRDefault="00FE4C08" w:rsidP="00E5194A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E2F6110" wp14:editId="48186962">
@@ -737,56 +729,56 @@
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidR="00007635" w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText>FORMCHECKBOX</w:instrText>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="008E445C">
-[...4 lines deleted...]
-      <w:r w:rsidR="008E445C">
+      <w:r w:rsidR="00893278">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00893278">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> Sustainable intensification of plant productivity in a fluctuating environment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10302B65" w14:textId="77777777" w:rsidR="00B579B8" w:rsidRPr="002C700A" w:rsidRDefault="00B579B8" w:rsidP="005D7A3F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -804,56 +796,56 @@
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidR="00007635" w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText>FORMCHECKBOX</w:instrText>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="008E445C">
-[...4 lines deleted...]
-      <w:r w:rsidR="008E445C">
+      <w:r w:rsidR="00893278">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00893278">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E7569F" w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plants as factories:</w:t>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> improving plant quality for food, feed, health, environment and industry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FD7026" w14:textId="77777777" w:rsidR="00B579B8" w:rsidRPr="002C700A" w:rsidRDefault="00B579B8" w:rsidP="005D7A3F">
@@ -877,56 +869,56 @@
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidR="00007635" w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText>FORMCHECKBOX</w:instrText>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="008E445C">
-[...4 lines deleted...]
-      <w:r w:rsidR="008E445C">
+      <w:r w:rsidR="00893278">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00893278">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plants to understand fundamental biological mechanisms</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC42CF5" w14:textId="77777777" w:rsidR="00B579B8" w:rsidRPr="002C700A" w:rsidRDefault="00B579B8" w:rsidP="005D7A3F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2418"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
@@ -947,56 +939,56 @@
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidR="00007635" w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText>FORMCHECKBOX</w:instrText>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="008E445C">
-[...4 lines deleted...]
-      <w:r w:rsidR="008E445C">
+      <w:r w:rsidR="00893278">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00893278">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Developing new resources and biotechnology for research, translation and innovation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07855021" w14:textId="64E37D1C" w:rsidR="00194CEF" w:rsidRDefault="00194CEF" w:rsidP="005D7A3F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
@@ -1092,68 +1084,87 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="665C1E6C" w14:textId="455D29D2" w:rsidR="0094031D" w:rsidRPr="00E51C7E" w:rsidRDefault="0094031D" w:rsidP="005D7A3F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Lab</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77081595" w14:textId="77777777" w:rsidR="0094031D" w:rsidRPr="00E51C7E" w:rsidRDefault="0094031D" w:rsidP="005D7A3F">
+          <w:p w14:paraId="77081595" w14:textId="2347CC25" w:rsidR="0094031D" w:rsidRPr="00E51C7E" w:rsidRDefault="0094031D" w:rsidP="005D7A3F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E51C7E">
+            <w:r w:rsidRPr="00D141BE">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(IJPB, IPS2, I2BC, GQE, BIOGER)</w:t>
+              <w:t>(IJPB, IPS2, I2BC, GQE, BIOGER</w:t>
+            </w:r>
+            <w:r w:rsidR="00A44779" w:rsidRPr="00D141BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, URGI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D141BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C30FB1B" w14:textId="6643BC08" w:rsidR="0094031D" w:rsidRPr="00A2340E" w:rsidRDefault="0094031D" w:rsidP="005D7A3F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
@@ -2223,107 +2234,107 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="005B23F2">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008E445C">
-[...4 lines deleted...]
-      <w:r w:rsidR="008E445C">
+      <w:r w:rsidR="00893278">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00893278">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes </w:t>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008E445C">
-[...4 lines deleted...]
-      <w:r w:rsidR="008E445C">
+      <w:r w:rsidR="00893278">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00893278">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C08349E" w14:textId="2EF2018B" w:rsidR="00D01420" w:rsidRDefault="00D01420" w:rsidP="00D01420">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
@@ -2481,56 +2492,56 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00D01420">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008E445C">
-[...4 lines deleted...]
-      <w:r w:rsidR="008E445C">
+      <w:r w:rsidR="00893278">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00893278">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes </w:t>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
@@ -2540,56 +2551,56 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008E445C">
-[...4 lines deleted...]
-      <w:r w:rsidR="008E445C">
+      <w:r w:rsidR="00893278">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00893278">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B9C1172" w14:textId="781BE574" w:rsidR="006F2D72" w:rsidRDefault="006F2D72" w:rsidP="005D7A3F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
@@ -2677,51 +2688,51 @@
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C700A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="613E790B" w14:textId="77777777" w:rsidR="00562570" w:rsidRDefault="00562570" w:rsidP="005D7A3F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DC1D82C" w14:textId="55F13C20" w:rsidR="00921C3D" w:rsidRDefault="008E445C" w:rsidP="005D7A3F">
+    <w:p w14:paraId="0C2A0AED" w14:textId="77777777" w:rsidR="002E032B" w:rsidRDefault="00893278" w:rsidP="005D7A3F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="-1384554779"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000B699C">
             <w:rPr>
@@ -2737,65 +2748,113 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D76864" w:rsidRPr="00C42664">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>By submitting this project</w:t>
       </w:r>
       <w:r w:rsidR="00D76864">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the SPS Research Open Call</w:t>
       </w:r>
       <w:r w:rsidR="00D76864" w:rsidRPr="00C42664">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the project leader certifies that this project has been validated by his/her research </w:t>
+        <w:t>, the project leader certifies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC1D82C" w14:textId="00767B5D" w:rsidR="00921C3D" w:rsidRDefault="002E032B" w:rsidP="005D7A3F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="281" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76864" w:rsidRPr="00C42664">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that this project has been validated by his/her research </w:t>
       </w:r>
       <w:r w:rsidR="002A4914">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">unit </w:t>
       </w:r>
       <w:r w:rsidR="00921C3D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>(direction and administration).</w:t>
+        <w:t>(direction and administration)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40420801" w14:textId="417E14BC" w:rsidR="002E032B" w:rsidRDefault="002E032B" w:rsidP="005D7A3F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="281" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>- that this project is not funded (either totally or partially) by another funding source.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B4F209" w14:textId="219ED7E1" w:rsidR="00EA2F50" w:rsidRDefault="00921C3D" w:rsidP="005D7A3F">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>&gt;&gt; M</w:t>
       </w:r>
       <w:r w:rsidR="00420316">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>andatory</w:t>
       </w:r>
@@ -3564,51 +3623,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1742784B" w14:textId="77777777" w:rsidR="00BC74F3" w:rsidRPr="002C700A" w:rsidRDefault="00BC74F3" w:rsidP="002423EF">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6164FA4C" w14:textId="0DEAC680" w:rsidR="008B666A" w:rsidRDefault="008E445C" w:rsidP="008B666A">
+    <w:p w14:paraId="6164FA4C" w14:textId="0DEAC680" w:rsidR="008B666A" w:rsidRDefault="00893278" w:rsidP="008B666A">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-452786839"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00420316">
             <w:rPr>
@@ -4881,71 +4940,71 @@
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5827DF6B" w14:textId="77777777" w:rsidR="00C92295" w:rsidRPr="00E7569F" w:rsidRDefault="00C92295">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="281" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CB2EAF5" w14:textId="77777777" w:rsidR="005A1501" w:rsidRPr="002627EE" w:rsidRDefault="005A1501">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="284" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005A1501" w:rsidRPr="002627EE" w:rsidSect="00406D89">
+    <w:sectPr w:rsidR="005A1501" w:rsidRPr="002627EE" w:rsidSect="00D141BE">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="1418" w:header="1135" w:footer="479" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1418" w:bottom="851" w:left="1418" w:header="1135" w:footer="479" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56005E11" w14:textId="77777777" w:rsidR="008E445C" w:rsidRDefault="008E445C">
+    <w:p w14:paraId="136DFC33" w14:textId="77777777" w:rsidR="00893278" w:rsidRDefault="00893278">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26AD04CD" w14:textId="77777777" w:rsidR="008E445C" w:rsidRDefault="008E445C">
+    <w:p w14:paraId="6E918FEA" w14:textId="77777777" w:rsidR="00893278" w:rsidRDefault="00893278">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4967,95 +5026,95 @@
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CCC7FAF" w14:textId="77777777" w:rsidR="008E445C" w:rsidRDefault="008E445C">
+    <w:p w14:paraId="611AE563" w14:textId="77777777" w:rsidR="00893278" w:rsidRDefault="00893278">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4ACFA510" w14:textId="77777777" w:rsidR="008E445C" w:rsidRDefault="008E445C">
+    <w:p w14:paraId="0515487E" w14:textId="77777777" w:rsidR="00893278" w:rsidRDefault="00893278">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2561ADC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
@@ -7334,138 +7393,143 @@
     <w:rsid w:val="0000627A"/>
     <w:rsid w:val="00006DBA"/>
     <w:rsid w:val="00007635"/>
     <w:rsid w:val="0001405F"/>
     <w:rsid w:val="000145FB"/>
     <w:rsid w:val="00017D44"/>
     <w:rsid w:val="00023BBD"/>
     <w:rsid w:val="00025A00"/>
     <w:rsid w:val="000541ED"/>
     <w:rsid w:val="00083651"/>
     <w:rsid w:val="000932FB"/>
     <w:rsid w:val="000A1A03"/>
     <w:rsid w:val="000B3D92"/>
     <w:rsid w:val="000B699C"/>
     <w:rsid w:val="000C7BA4"/>
     <w:rsid w:val="000D69F6"/>
     <w:rsid w:val="000E0208"/>
     <w:rsid w:val="000E1534"/>
     <w:rsid w:val="000F4C70"/>
     <w:rsid w:val="0010088A"/>
     <w:rsid w:val="001038B9"/>
     <w:rsid w:val="00107F99"/>
     <w:rsid w:val="00112F3F"/>
     <w:rsid w:val="001217E5"/>
     <w:rsid w:val="001379B2"/>
+    <w:rsid w:val="00150305"/>
     <w:rsid w:val="00154B33"/>
     <w:rsid w:val="00170219"/>
     <w:rsid w:val="001763AB"/>
     <w:rsid w:val="00183221"/>
     <w:rsid w:val="00186B67"/>
     <w:rsid w:val="00187747"/>
     <w:rsid w:val="00191CA7"/>
     <w:rsid w:val="00194CEF"/>
     <w:rsid w:val="00196AC9"/>
     <w:rsid w:val="001C1988"/>
     <w:rsid w:val="001C25F2"/>
     <w:rsid w:val="001F1252"/>
     <w:rsid w:val="001F23E1"/>
+    <w:rsid w:val="00207F21"/>
     <w:rsid w:val="002113E4"/>
     <w:rsid w:val="00211EED"/>
     <w:rsid w:val="00227732"/>
     <w:rsid w:val="00230D74"/>
     <w:rsid w:val="00235CFC"/>
     <w:rsid w:val="002423EF"/>
     <w:rsid w:val="0024353B"/>
     <w:rsid w:val="00244CED"/>
     <w:rsid w:val="0024522B"/>
     <w:rsid w:val="0025146A"/>
     <w:rsid w:val="00256CCD"/>
     <w:rsid w:val="002627EE"/>
     <w:rsid w:val="0026334F"/>
     <w:rsid w:val="002819DA"/>
     <w:rsid w:val="00283B8B"/>
     <w:rsid w:val="00284858"/>
     <w:rsid w:val="00287815"/>
     <w:rsid w:val="002918D4"/>
     <w:rsid w:val="00296330"/>
     <w:rsid w:val="002A0274"/>
     <w:rsid w:val="002A4914"/>
     <w:rsid w:val="002A78F6"/>
     <w:rsid w:val="002B6D36"/>
     <w:rsid w:val="002C5DF0"/>
     <w:rsid w:val="002C6357"/>
     <w:rsid w:val="002C700A"/>
     <w:rsid w:val="002D2CB3"/>
     <w:rsid w:val="002D5DC4"/>
+    <w:rsid w:val="002E032B"/>
     <w:rsid w:val="002E1354"/>
     <w:rsid w:val="002E323F"/>
     <w:rsid w:val="002E77D1"/>
     <w:rsid w:val="00300334"/>
     <w:rsid w:val="00300D01"/>
     <w:rsid w:val="00305A02"/>
     <w:rsid w:val="00326FF4"/>
     <w:rsid w:val="00334BA5"/>
     <w:rsid w:val="00344E4F"/>
     <w:rsid w:val="003466A1"/>
     <w:rsid w:val="003539B5"/>
     <w:rsid w:val="003610BD"/>
     <w:rsid w:val="00366FE9"/>
     <w:rsid w:val="00372504"/>
     <w:rsid w:val="00382AE1"/>
     <w:rsid w:val="00383980"/>
     <w:rsid w:val="00383B65"/>
     <w:rsid w:val="003A1FD8"/>
     <w:rsid w:val="003B2CC8"/>
     <w:rsid w:val="003B7C8F"/>
     <w:rsid w:val="003C2F03"/>
     <w:rsid w:val="003D3124"/>
     <w:rsid w:val="003D5312"/>
     <w:rsid w:val="003F3189"/>
     <w:rsid w:val="003F6A82"/>
     <w:rsid w:val="00400901"/>
     <w:rsid w:val="00400DB9"/>
     <w:rsid w:val="00400DF8"/>
     <w:rsid w:val="00405249"/>
     <w:rsid w:val="00406D89"/>
     <w:rsid w:val="00406E78"/>
     <w:rsid w:val="00420316"/>
     <w:rsid w:val="00420959"/>
     <w:rsid w:val="00434B2A"/>
     <w:rsid w:val="004355C1"/>
     <w:rsid w:val="00441CB0"/>
     <w:rsid w:val="0044462C"/>
     <w:rsid w:val="00466769"/>
     <w:rsid w:val="0047430D"/>
+    <w:rsid w:val="00475AA9"/>
     <w:rsid w:val="0048611E"/>
     <w:rsid w:val="0049530A"/>
     <w:rsid w:val="004A3B04"/>
     <w:rsid w:val="004B0235"/>
     <w:rsid w:val="004C4BA5"/>
     <w:rsid w:val="004C511D"/>
     <w:rsid w:val="004D1C9F"/>
     <w:rsid w:val="004D3B46"/>
+    <w:rsid w:val="004E05FF"/>
     <w:rsid w:val="004F132C"/>
     <w:rsid w:val="005054D0"/>
     <w:rsid w:val="005149A7"/>
     <w:rsid w:val="0051764F"/>
     <w:rsid w:val="00520E67"/>
     <w:rsid w:val="00523DF7"/>
     <w:rsid w:val="00534A31"/>
     <w:rsid w:val="005369F2"/>
     <w:rsid w:val="005440F5"/>
     <w:rsid w:val="00551010"/>
     <w:rsid w:val="005606A2"/>
     <w:rsid w:val="00562570"/>
     <w:rsid w:val="00565872"/>
     <w:rsid w:val="0056658C"/>
     <w:rsid w:val="005729AE"/>
     <w:rsid w:val="0058096C"/>
     <w:rsid w:val="005811D2"/>
     <w:rsid w:val="00581530"/>
     <w:rsid w:val="00583F43"/>
     <w:rsid w:val="005A1501"/>
     <w:rsid w:val="005A1DAA"/>
     <w:rsid w:val="005C0E08"/>
     <w:rsid w:val="005D63E5"/>
     <w:rsid w:val="005D75AC"/>
     <w:rsid w:val="005D7A3F"/>
@@ -7483,116 +7547,120 @@
     <w:rsid w:val="00623389"/>
     <w:rsid w:val="00625075"/>
     <w:rsid w:val="00627E35"/>
     <w:rsid w:val="00636E3F"/>
     <w:rsid w:val="00640121"/>
     <w:rsid w:val="00653CFF"/>
     <w:rsid w:val="00655138"/>
     <w:rsid w:val="00664410"/>
     <w:rsid w:val="006832E4"/>
     <w:rsid w:val="00687244"/>
     <w:rsid w:val="00691BFF"/>
     <w:rsid w:val="00694FCB"/>
     <w:rsid w:val="0069559E"/>
     <w:rsid w:val="006C6E8A"/>
     <w:rsid w:val="006C7463"/>
     <w:rsid w:val="006E2810"/>
     <w:rsid w:val="006E7F46"/>
     <w:rsid w:val="006F2D72"/>
     <w:rsid w:val="0070339C"/>
     <w:rsid w:val="007063DB"/>
     <w:rsid w:val="007108F0"/>
     <w:rsid w:val="0071172F"/>
     <w:rsid w:val="00721F3D"/>
     <w:rsid w:val="00727C3E"/>
     <w:rsid w:val="00770D6C"/>
+    <w:rsid w:val="00772AA4"/>
     <w:rsid w:val="00776C79"/>
     <w:rsid w:val="0079102F"/>
     <w:rsid w:val="00793150"/>
     <w:rsid w:val="00794019"/>
     <w:rsid w:val="007C2FD4"/>
     <w:rsid w:val="007C5B37"/>
     <w:rsid w:val="007D10D8"/>
     <w:rsid w:val="007D3EE0"/>
     <w:rsid w:val="007E2C93"/>
     <w:rsid w:val="007F6EA6"/>
     <w:rsid w:val="00801B49"/>
     <w:rsid w:val="0080316A"/>
     <w:rsid w:val="00804014"/>
     <w:rsid w:val="0080591D"/>
     <w:rsid w:val="008064FA"/>
     <w:rsid w:val="00810CC4"/>
     <w:rsid w:val="00826E8B"/>
     <w:rsid w:val="00834F13"/>
     <w:rsid w:val="00840EA3"/>
     <w:rsid w:val="00845D64"/>
     <w:rsid w:val="00856B5A"/>
     <w:rsid w:val="00862A33"/>
     <w:rsid w:val="00867D89"/>
     <w:rsid w:val="008726DC"/>
     <w:rsid w:val="00881179"/>
     <w:rsid w:val="008812F2"/>
     <w:rsid w:val="00882016"/>
     <w:rsid w:val="00884F47"/>
     <w:rsid w:val="008931E7"/>
+    <w:rsid w:val="00893278"/>
     <w:rsid w:val="008A4E5D"/>
     <w:rsid w:val="008B0B3B"/>
     <w:rsid w:val="008B2D19"/>
     <w:rsid w:val="008B5E46"/>
     <w:rsid w:val="008B666A"/>
     <w:rsid w:val="008C29F2"/>
     <w:rsid w:val="008C467A"/>
     <w:rsid w:val="008C59A4"/>
     <w:rsid w:val="008C7BE1"/>
     <w:rsid w:val="008E445C"/>
     <w:rsid w:val="008F1A16"/>
     <w:rsid w:val="008F1CD3"/>
     <w:rsid w:val="008F7951"/>
     <w:rsid w:val="00903428"/>
     <w:rsid w:val="009055E1"/>
     <w:rsid w:val="009118D2"/>
     <w:rsid w:val="00921C3D"/>
     <w:rsid w:val="009364EE"/>
     <w:rsid w:val="0094031D"/>
     <w:rsid w:val="00941B3A"/>
+    <w:rsid w:val="009447FF"/>
     <w:rsid w:val="00946911"/>
     <w:rsid w:val="00994944"/>
     <w:rsid w:val="0099575D"/>
     <w:rsid w:val="00997F4F"/>
     <w:rsid w:val="009B0B38"/>
     <w:rsid w:val="009B4C1D"/>
     <w:rsid w:val="009C22CB"/>
     <w:rsid w:val="009C79ED"/>
     <w:rsid w:val="009D6F34"/>
     <w:rsid w:val="009D7DA6"/>
     <w:rsid w:val="00A0454F"/>
     <w:rsid w:val="00A051DA"/>
     <w:rsid w:val="00A16816"/>
     <w:rsid w:val="00A21F81"/>
     <w:rsid w:val="00A24E0C"/>
     <w:rsid w:val="00A3768E"/>
     <w:rsid w:val="00A41DE7"/>
+    <w:rsid w:val="00A44779"/>
     <w:rsid w:val="00A56BDB"/>
     <w:rsid w:val="00A7428E"/>
     <w:rsid w:val="00A750C3"/>
     <w:rsid w:val="00A779AB"/>
     <w:rsid w:val="00A80AF8"/>
     <w:rsid w:val="00A80D4F"/>
     <w:rsid w:val="00A82F6A"/>
     <w:rsid w:val="00A91AB9"/>
     <w:rsid w:val="00AA4643"/>
     <w:rsid w:val="00AA69C9"/>
     <w:rsid w:val="00AB1ED7"/>
     <w:rsid w:val="00AB6E5E"/>
     <w:rsid w:val="00AB769B"/>
     <w:rsid w:val="00AB77E9"/>
     <w:rsid w:val="00AC0FE0"/>
     <w:rsid w:val="00AC2CE6"/>
     <w:rsid w:val="00AC3A78"/>
     <w:rsid w:val="00AC780E"/>
     <w:rsid w:val="00AD0160"/>
     <w:rsid w:val="00AD18C9"/>
     <w:rsid w:val="00AD74F3"/>
     <w:rsid w:val="00AE0AAD"/>
     <w:rsid w:val="00B05950"/>
     <w:rsid w:val="00B07B04"/>
     <w:rsid w:val="00B15550"/>
@@ -7630,50 +7698,51 @@
     <w:rsid w:val="00C66C18"/>
     <w:rsid w:val="00C6714B"/>
     <w:rsid w:val="00C674ED"/>
     <w:rsid w:val="00C86E60"/>
     <w:rsid w:val="00C92295"/>
     <w:rsid w:val="00C96EAC"/>
     <w:rsid w:val="00CA5BD1"/>
     <w:rsid w:val="00CB0307"/>
     <w:rsid w:val="00CB0F29"/>
     <w:rsid w:val="00CB4972"/>
     <w:rsid w:val="00CB68D0"/>
     <w:rsid w:val="00CC0CB3"/>
     <w:rsid w:val="00CC2157"/>
     <w:rsid w:val="00CD1B34"/>
     <w:rsid w:val="00CD1DBB"/>
     <w:rsid w:val="00CD3821"/>
     <w:rsid w:val="00CD6366"/>
     <w:rsid w:val="00CE439E"/>
     <w:rsid w:val="00CF2375"/>
     <w:rsid w:val="00CF493E"/>
     <w:rsid w:val="00CF4A8C"/>
     <w:rsid w:val="00D00735"/>
     <w:rsid w:val="00D01420"/>
     <w:rsid w:val="00D06B38"/>
     <w:rsid w:val="00D13A46"/>
+    <w:rsid w:val="00D141BE"/>
     <w:rsid w:val="00D1480C"/>
     <w:rsid w:val="00D14F89"/>
     <w:rsid w:val="00D159B1"/>
     <w:rsid w:val="00D161F3"/>
     <w:rsid w:val="00D229E8"/>
     <w:rsid w:val="00D5785B"/>
     <w:rsid w:val="00D64406"/>
     <w:rsid w:val="00D6655F"/>
     <w:rsid w:val="00D70E59"/>
     <w:rsid w:val="00D71D14"/>
     <w:rsid w:val="00D75894"/>
     <w:rsid w:val="00D76864"/>
     <w:rsid w:val="00D833CA"/>
     <w:rsid w:val="00D962A7"/>
     <w:rsid w:val="00DA46C3"/>
     <w:rsid w:val="00DB4F3B"/>
     <w:rsid w:val="00DC0D7E"/>
     <w:rsid w:val="00DD073D"/>
     <w:rsid w:val="00DD375A"/>
     <w:rsid w:val="00DD59A8"/>
     <w:rsid w:val="00DF1B83"/>
     <w:rsid w:val="00DF64B9"/>
     <w:rsid w:val="00E0099B"/>
     <w:rsid w:val="00E066D5"/>
     <w:rsid w:val="00E20FBA"/>
@@ -7695,50 +7764,51 @@
     <w:rsid w:val="00EA2F50"/>
     <w:rsid w:val="00EB75D8"/>
     <w:rsid w:val="00EC3203"/>
     <w:rsid w:val="00EC3B36"/>
     <w:rsid w:val="00EC4D2B"/>
     <w:rsid w:val="00ED342C"/>
     <w:rsid w:val="00EF3EA3"/>
     <w:rsid w:val="00F16FD1"/>
     <w:rsid w:val="00F31508"/>
     <w:rsid w:val="00F3610C"/>
     <w:rsid w:val="00F43BB8"/>
     <w:rsid w:val="00F55D16"/>
     <w:rsid w:val="00F621A5"/>
     <w:rsid w:val="00F66271"/>
     <w:rsid w:val="00F73F73"/>
     <w:rsid w:val="00F75689"/>
     <w:rsid w:val="00F80C29"/>
     <w:rsid w:val="00F94BA8"/>
     <w:rsid w:val="00FA14D2"/>
     <w:rsid w:val="00FA43AB"/>
     <w:rsid w:val="00FA4B95"/>
     <w:rsid w:val="00FB5963"/>
     <w:rsid w:val="00FB6C00"/>
     <w:rsid w:val="00FE1298"/>
     <w:rsid w:val="00FE4C08"/>
+    <w:rsid w:val="00FE771D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -8929,67 +8999,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2BC4A57-9543-4159-8506-A2295E62F416}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SPE</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>532</Words>
-  <Characters>2928</Characters>
+  <Words>547</Words>
+  <Characters>3012</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SPE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>INRA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3454</CharactersWithSpaces>
+  <CharactersWithSpaces>3552</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SPE</dc:title>
   <dc:creator>Olivier Le Gall</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>